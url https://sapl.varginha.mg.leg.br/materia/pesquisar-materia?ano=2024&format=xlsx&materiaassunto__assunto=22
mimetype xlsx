--- v0 (2025-12-13)
+++ v1 (2026-03-15)
@@ -54,597 +54,597 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1935</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Vérdi Lúcio Melo</t>
   </si>
   <si>
-    <t>https://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/1935/projetodeleicomplementar01-2024.pdf</t>
+    <t>http://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/1935/projetodeleicomplementar01-2024.pdf</t>
   </si>
   <si>
     <t>ALTERA ZONEAMENTO E PARÂMETROS URBANÍSTICOS DAS ÁREAS QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>3516</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3516/projetodeleicomplementar04-2024.pdf</t>
+    <t>http://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3516/projetodeleicomplementar04-2024.pdf</t>
   </si>
   <si>
     <t>ALTERA O MACROZONEAMENTO DAS ÁREAS EM QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>3701</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3701/projetodeleicomplementar05-2024.pdf</t>
+    <t>http://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3701/projetodeleicomplementar05-2024.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA DISPOSITIVO NA LEI COMPLEMENTAR Nº 09, DE 10 DE SETEMBRO DE 2020, QUE FAZ REVISÃO DO PLANO DIRETOR.</t>
   </si>
   <si>
     <t>2989</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Cabo Valério</t>
   </si>
   <si>
-    <t>https://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/2989/alberto_-_requerimento21-2024.pdf</t>
+    <t>http://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/2989/alberto_-_requerimento21-2024.pdf</t>
   </si>
   <si>
     <t>Requer as seguintes informações sobre os constantes alagamentos na Avenida Porto Seco, bairro Flamboyant.</t>
   </si>
   <si>
     <t>3005</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>Marquinho da Cooperativa</t>
   </si>
   <si>
-    <t>https://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3005/marcoantonio_-_requerimento27-2024.pdf</t>
+    <t>http://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3005/marcoantonio_-_requerimento27-2024.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre estudos de desapropriação da propriedade Minasul, confrontando com a loja de materiais de construção Cimtecal, para melhorias no trânsito da Avenida Manoel Vida.</t>
   </si>
   <si>
     <t>3055</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3055/alberto_-_requerimento38-2024.pdf</t>
+    <t>http://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3055/alberto_-_requerimento38-2024.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre a instalação de postes de iluminação pública na estrada Varginha 040, sentido Juriti.</t>
   </si>
   <si>
     <t>3060</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>Cristovão</t>
   </si>
   <si>
-    <t>https://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3060/cristovao_-_requerimento40-2024.pdf</t>
+    <t>http://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3060/cristovao_-_requerimento40-2024.pdf</t>
   </si>
   <si>
     <t>Requer informações relativas aos constantes alagamentos na Rua Élcio de Oliveira Prado, 140, bairro Residencial Portinari.</t>
   </si>
   <si>
     <t>3072</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3072/marcoantonio_-_requerimento44-2024.pdf</t>
+    <t>http://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3072/marcoantonio_-_requerimento44-2024.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre a instalação de iluminação no Campo do bairro Canaã.</t>
   </si>
   <si>
     <t>3091</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>Dandan</t>
   </si>
   <si>
-    <t>https://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3091/daniel_-_requerimento49-2024.pdf</t>
+    <t>http://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3091/daniel_-_requerimento49-2024.pdf</t>
   </si>
   <si>
     <t>Requer informações acerca dos constantes alagamentos na Rua Francisco Gonçalves de Morais, localizada no bairro Vila Morais</t>
   </si>
   <si>
     <t>3113</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3113/daniel_-_requerimento53-2024.pdf</t>
+    <t>http://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3113/daniel_-_requerimento53-2024.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre o desmoronamento da calçada e do barranco localizado nas adjacências da Travessa José Martins Filho, no bairro da Vargem.</t>
   </si>
   <si>
     <t>3212</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3212/daniel_-_requerimento75-2024.pdf</t>
+    <t>http://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3212/daniel_-_requerimento75-2024.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre as melhorias de infraestrutura e segurança no bairro Santa Clara.</t>
   </si>
   <si>
     <t>3213</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3213/daniel_-_requerimento76-2024.pdf</t>
+    <t>http://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3213/daniel_-_requerimento76-2024.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre melhorias no bairro Terra Nobre.</t>
   </si>
   <si>
     <t>3301</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3301/daniel_-_requerimento99-2024.pdf</t>
+    <t>http://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3301/daniel_-_requerimento99-2024.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre melhorias de infraestrutura e serviços básicos a serem realizados nos bairros Porto Real e Parque Mariela.</t>
   </si>
   <si>
     <t>3391</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
     <t>Joãozinho Enfermeiro</t>
   </si>
   <si>
-    <t>https://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3391/joaomartins_-_requerimento128-2024.pdf</t>
+    <t>http://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3391/joaomartins_-_requerimento128-2024.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre a limpeza, revitalização, ligação da água, reforma do banheiro e melhoria da iluminação da praça Cléber de Holanda, mais conhecida como praça da UPA.</t>
   </si>
   <si>
     <t>3486</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3486/daniel_-_requerimento154-2024.pdf</t>
+    <t>http://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3486/daniel_-_requerimento154-2024.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre a instalação de lixeiras para a coleta na de lixo ao longo da estrada rural na região conhecia como "Capão".</t>
   </si>
   <si>
     <t>2107</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Apoliano do Projeto DOM</t>
   </si>
   <si>
-    <t>https://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/2107/indicacao_no_1.pdf</t>
+    <t>http://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/2107/indicacao_no_1.pdf</t>
   </si>
   <si>
     <t>Solicita que sejam realizados estudos técnicos para abertura e asfaltamento da via de ligação das ruas Professor Hommell Bueno e Zilda Victória Tavares, no bairro San Marino.</t>
   </si>
   <si>
     <t>2119</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Dudu Ottoni</t>
   </si>
   <si>
-    <t>https://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/2119/eduardobeneditoottoni_-_indicacao9_-_2024.pdf</t>
+    <t>http://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/2119/eduardobeneditoottoni_-_indicacao9_-_2024.pdf</t>
   </si>
   <si>
     <t>Solicita estudos técnicos para dotar, em parceria com a Prefeitura de Monsenhor Paulo e/ou parceria público privada – PPP, a estrada vicinal que liga o município de Varginha ao município de Monsenhor Paulo de toda infraestrutura rodoviária que se faça necessária.</t>
   </si>
   <si>
     <t>2127</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Reginaldo Tristão</t>
   </si>
   <si>
-    <t>https://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/2127/reginaldo_-_indicacao14_-_2024.pdf</t>
+    <t>http://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/2127/reginaldo_-_indicacao14_-_2024.pdf</t>
   </si>
   <si>
     <t>Solicita construção de rodovia de ligação que trabalhe os limites territoriais de Varginha na altura da Rodovia BR-491, próximo ao Distrito Industrial Cláudio Galvão Nogueira, seguindo em direção ao município de Elói Mendes, nas proximidades da ponte que liga ambos os municípios, alcançando novamente a Rodovia BR-491 ou na altura do trevo de acesso à Av. José Ribeiro Tristão, passando pela estrada rural 168 em direção à estrada rural 155, até encontrar o trevo de acesso no km 251 da rodovia.</t>
   </si>
   <si>
     <t>3037</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>Dr. Guedes</t>
   </si>
   <si>
-    <t>https://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3037/fernandoguedes_-_indicacao51-2024.pdf</t>
+    <t>http://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3037/fernandoguedes_-_indicacao51-2024.pdf</t>
   </si>
   <si>
     <t>Solicita diversas melhorias nas imediações do Ribeirão da Travessa Garapava, no bairro Vila Belmiro.</t>
   </si>
   <si>
     <t>3041</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3041/joaomartins_-_indicacao54-2024.pdf</t>
+    <t>http://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3041/joaomartins_-_indicacao54-2024.pdf</t>
   </si>
   <si>
     <t>Solicita providências quanto a instalação de iluminação em poste situado na Rua Pedro Rodrigues Albuquerque esquina com Rua José Thomás Lara, bairro Parque Rinaldo.</t>
   </si>
   <si>
     <t>3079</t>
   </si>
   <si>
     <t>Zilda Silva</t>
   </si>
   <si>
-    <t>https://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3079/zilda_-_indicacao75-2024.pdf</t>
+    <t>http://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3079/zilda_-_indicacao75-2024.pdf</t>
   </si>
   <si>
     <t>Solicita iluminação e capina da Av. Júlio Fonseca, divisa com o parque São Francisco.</t>
   </si>
   <si>
     <t>3085</t>
   </si>
   <si>
-    <t>https://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3085/indicacao_no_76.pdf</t>
+    <t>http://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3085/indicacao_no_76.pdf</t>
   </si>
   <si>
     <t>Solicita que seja dada continuidade à calçada que finaliza na Avenida Leocrácio Paulino da Silva, em frente ao número 395, contemplando também os seguintes logradouros: Rua Edson Batistas Gonçalves, Rua Nilo Andrade Xavier, ambas no bairro Mont Serrat, em direção à Avenida Rubens Vicente de Lucca, no bairro Alto dos Pinheiros e finalizando em frente à quadra poliesportiva do bairro Vila São Geraldo.</t>
   </si>
   <si>
     <t>3090</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3090/daniel_-_indicacao79-2024.pdf</t>
+    <t>http://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3090/daniel_-_indicacao79-2024.pdf</t>
   </si>
   <si>
     <t>Solicita a construção de um bueiro na Alameda das Arapongas, no bairro Jardim Cidade Nova.</t>
   </si>
   <si>
     <t>3102</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3102/zilda_-_indicacao88-2024.pdf</t>
+    <t>http://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3102/zilda_-_indicacao88-2024.pdf</t>
   </si>
   <si>
     <t>Solicita a obra de escoamento de água na zona rural no sentido Capão (Fazenda Vista Alegre)</t>
   </si>
   <si>
     <t>3112</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3112/daniel_-_indicacao94-2024.pdf</t>
+    <t>http://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3112/daniel_-_indicacao94-2024.pdf</t>
   </si>
   <si>
     <t>Solicita a tomada de providências para solucionar o problema de água empoçada na Avenida Zoroastro Franco de Carvalho, localizada no bairro Santa Maria, com especial atenção na altura do imóvel de nº 608.</t>
   </si>
   <si>
     <t>3154</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3154/ind._116_apoliano_com_numeracao.pdf</t>
+    <t>http://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3154/ind._116_apoliano_com_numeracao.pdf</t>
   </si>
   <si>
     <t>Solicita postes de iluminação pública em toda extensão da Estrada Águas Verdes com início no bairro Jardim Áurea e finalizando no Condomínio Riviera do Lago.</t>
   </si>
   <si>
     <t>3187</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
     <t>Dr. Lucas</t>
   </si>
   <si>
-    <t>https://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3187/lucas_-_indicacao137-2024.pdf</t>
+    <t>http://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3187/lucas_-_indicacao137-2024.pdf</t>
   </si>
   <si>
     <t>Solicita a limpeza, capina e construção de calçadas na Avenida Sérgio Biaggi Bueno, próximo ao imóvel de número 690, no bairro Jardim Bouganville.</t>
   </si>
   <si>
     <t>3238</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3238/indicacao_no_160.pdf</t>
+    <t>http://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3238/indicacao_no_160.pdf</t>
   </si>
   <si>
     <t>Solicita manutenção em uma cratera na lateral da Rodovia MG-167, entre a Rua do Barreiro, no bairro São José e a rotatória que dá acesso à Avenida Almirante Barroso, no bairro São Geraldo.</t>
   </si>
   <si>
     <t>3249</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3249/cristovao_-_indicacao166-2024.pdf</t>
+    <t>http://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3249/cristovao_-_indicacao166-2024.pdf</t>
   </si>
   <si>
     <t>Solicita melhorias na rua José Fernando Prince, no bairro Nova Varginha.</t>
   </si>
   <si>
     <t>3252</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3252/daniel_-_indicacao167-2024.pdf</t>
+    <t>http://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3252/daniel_-_indicacao167-2024.pdf</t>
   </si>
   <si>
     <t>Solicita a realização de melhorias na Rua Paulo Mendes de Oliveira, nas imediações do imóvel de nº 160, Parque São Matheus.</t>
   </si>
   <si>
     <t>3260</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3260/marcoantonio_-_indicacao173-2024.pdf</t>
+    <t>http://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3260/marcoantonio_-_indicacao173-2024.pdf</t>
   </si>
   <si>
     <t>Solicita viabilidade instalação de bueiro e muro de contenção na Rua Antônio Candido Renno esquina com a Rua  Doutor Astolpho Tibúrcio, bairro Parque São José próximo à rodovia.</t>
   </si>
   <si>
     <t>3388</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3388/lucas_-_indicacao227-2024.pdf</t>
+    <t>http://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3388/lucas_-_indicacao227-2024.pdf</t>
   </si>
   <si>
     <t>Solicita instalação de braços e luminária com lâmpadas nos postes e iluminação pública na Rua O, localizada no bairro Terra Nobre.</t>
   </si>
   <si>
     <t>3411</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
     <t>Carlinho da Padaria</t>
   </si>
   <si>
-    <t>https://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3411/carlosroberto_-_indicacao236-2024.pdf</t>
+    <t>http://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3411/carlosroberto_-_indicacao236-2024.pdf</t>
   </si>
   <si>
     <t>Solicitando instalação de iluminação pública na rua Inconfidentes pararela com a Rua Zeca Ponciano no bairro Jardim Simões</t>
   </si>
   <si>
     <t>3442</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3442/daniel_-_indicacao249-2024.pdf</t>
+    <t>http://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3442/daniel_-_indicacao249-2024.pdf</t>
   </si>
   <si>
     <t>Solicita melhorias na Avenida dos Imigrantes.</t>
   </si>
   <si>
     <t>3480</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3480/zilda_-_indicacao272-2024.pdf</t>
+    <t>http://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3480/zilda_-_indicacao272-2024.pdf</t>
   </si>
   <si>
     <t>Solicita o estudo de viabilidade para construção de ponte sobre o córrego São José na localidade do Bairro Vila Romana.</t>
   </si>
   <si>
     <t>3493</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
     <t>Thulyo Paiva</t>
   </si>
   <si>
-    <t>https://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3493/thulyo_-_indicacao278-2024.pdf</t>
+    <t>http://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3493/thulyo_-_indicacao278-2024.pdf</t>
   </si>
   <si>
     <t>Solicita instalação de placas de identificação com nomes de logradouros em todo o bairro Vale das Palmeiras, bem como reforço de sinalização vertical e horizontal.</t>
   </si>
   <si>
     <t>3495</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3495/zilda_-_indicacao280-2024.pdf</t>
+    <t>http://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3495/zilda_-_indicacao280-2024.pdf</t>
   </si>
   <si>
     <t>Solicita asfaltamento do trecho que liga a Alameda dos Cardeais à Rua Professora Reina Ester, no bairro Cidade Nova.</t>
   </si>
   <si>
     <t>3503</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3503/lucas_-_indicacao284-2024.pdf</t>
+    <t>http://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3503/lucas_-_indicacao284-2024.pdf</t>
   </si>
   <si>
     <t>Solicita estabilização de um desmoronamento na Rua Joel Teixeira Reis, próximo ao número 340, bairro São Joaquim.</t>
   </si>
   <si>
     <t>3504</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3504/eduardoottonifilho_-_indicacao285-2024.pdf</t>
+    <t>http://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3504/eduardoottonifilho_-_indicacao285-2024.pdf</t>
   </si>
   <si>
     <t>Solicita contenção da erosão e reparo da pavimentação asfáltica na Avenida Plínio Salgado, nas proximidades do Supermercado Alvorada, no bairro Vila Pinto.</t>
   </si>
   <si>
     <t>3515</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3515/zilda_-_indicacao294-2024.pdf</t>
+    <t>http://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3515/zilda_-_indicacao294-2024.pdf</t>
   </si>
   <si>
     <t>Solicita instalação de braços e luminária com lâmpada no poste de iluminação pública localizado na Rua Janaina Ferreira de Souza, em frente ao número 185, no bairro Imperial.</t>
   </si>
   <si>
     <t>3546</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3546/lucas_-_indicacao309-2024.pdf</t>
+    <t>http://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3546/lucas_-_indicacao309-2024.pdf</t>
   </si>
   <si>
     <t>Solicita a instalação de postes de iluminação pública na Avenida João Fonseca, próximo ao nº 30, no bairro São Lucas.</t>
   </si>
   <si>
     <t>3602</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3602/thulyo_-_indicacao336-2024.pdf</t>
+    <t>http://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3602/thulyo_-_indicacao336-2024.pdf</t>
   </si>
   <si>
     <t>Solicita instalação de poste com braço para iluminação de led na rua Nicarágua, no bairro Parque das Américas.</t>
   </si>
   <si>
     <t>3646</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3646/daniel_-_indicacao358-2024.pdf</t>
+    <t>http://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3646/daniel_-_indicacao358-2024.pdf</t>
   </si>
   <si>
     <t>Solicita realização de melhorias na iluminação pública e a construção de calçadas em ambos os lados de toda a extensão da Avenida José Alves Ferreira, no trecho que abrange o bairro Sete de Outubro até a Vargem.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -951,67 +951,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/1935/projetodeleicomplementar01-2024.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3516/projetodeleicomplementar04-2024.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3701/projetodeleicomplementar05-2024.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/2989/alberto_-_requerimento21-2024.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3005/marcoantonio_-_requerimento27-2024.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3055/alberto_-_requerimento38-2024.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3060/cristovao_-_requerimento40-2024.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3072/marcoantonio_-_requerimento44-2024.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3091/daniel_-_requerimento49-2024.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3113/daniel_-_requerimento53-2024.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3212/daniel_-_requerimento75-2024.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3213/daniel_-_requerimento76-2024.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3301/daniel_-_requerimento99-2024.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3391/joaomartins_-_requerimento128-2024.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3486/daniel_-_requerimento154-2024.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/2107/indicacao_no_1.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/2119/eduardobeneditoottoni_-_indicacao9_-_2024.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/2127/reginaldo_-_indicacao14_-_2024.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3037/fernandoguedes_-_indicacao51-2024.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3041/joaomartins_-_indicacao54-2024.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3079/zilda_-_indicacao75-2024.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3085/indicacao_no_76.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3090/daniel_-_indicacao79-2024.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3102/zilda_-_indicacao88-2024.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3112/daniel_-_indicacao94-2024.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3154/ind._116_apoliano_com_numeracao.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3187/lucas_-_indicacao137-2024.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3238/indicacao_no_160.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3249/cristovao_-_indicacao166-2024.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3252/daniel_-_indicacao167-2024.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3260/marcoantonio_-_indicacao173-2024.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3388/lucas_-_indicacao227-2024.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3411/carlosroberto_-_indicacao236-2024.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3442/daniel_-_indicacao249-2024.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3480/zilda_-_indicacao272-2024.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3493/thulyo_-_indicacao278-2024.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3495/zilda_-_indicacao280-2024.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3503/lucas_-_indicacao284-2024.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3504/eduardoottonifilho_-_indicacao285-2024.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3515/zilda_-_indicacao294-2024.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3546/lucas_-_indicacao309-2024.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3602/thulyo_-_indicacao336-2024.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3646/daniel_-_indicacao358-2024.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/1935/projetodeleicomplementar01-2024.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3516/projetodeleicomplementar04-2024.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3701/projetodeleicomplementar05-2024.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/2989/alberto_-_requerimento21-2024.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3005/marcoantonio_-_requerimento27-2024.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3055/alberto_-_requerimento38-2024.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3060/cristovao_-_requerimento40-2024.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3072/marcoantonio_-_requerimento44-2024.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3091/daniel_-_requerimento49-2024.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3113/daniel_-_requerimento53-2024.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3212/daniel_-_requerimento75-2024.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3213/daniel_-_requerimento76-2024.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3301/daniel_-_requerimento99-2024.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3391/joaomartins_-_requerimento128-2024.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3486/daniel_-_requerimento154-2024.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/2107/indicacao_no_1.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/2119/eduardobeneditoottoni_-_indicacao9_-_2024.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/2127/reginaldo_-_indicacao14_-_2024.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3037/fernandoguedes_-_indicacao51-2024.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3041/joaomartins_-_indicacao54-2024.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3079/zilda_-_indicacao75-2024.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3085/indicacao_no_76.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3090/daniel_-_indicacao79-2024.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3102/zilda_-_indicacao88-2024.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3112/daniel_-_indicacao94-2024.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3154/ind._116_apoliano_com_numeracao.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3187/lucas_-_indicacao137-2024.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3238/indicacao_no_160.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3249/cristovao_-_indicacao166-2024.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3252/daniel_-_indicacao167-2024.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3260/marcoantonio_-_indicacao173-2024.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3388/lucas_-_indicacao227-2024.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3411/carlosroberto_-_indicacao236-2024.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3442/daniel_-_indicacao249-2024.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3480/zilda_-_indicacao272-2024.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3493/thulyo_-_indicacao278-2024.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3495/zilda_-_indicacao280-2024.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3503/lucas_-_indicacao284-2024.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3504/eduardoottonifilho_-_indicacao285-2024.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3515/zilda_-_indicacao294-2024.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3546/lucas_-_indicacao309-2024.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3602/thulyo_-_indicacao336-2024.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.varginha.mg.leg.br/media/sapl/public/materialegislativa/2024/3646/daniel_-_indicacao358-2024.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H44"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="24.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="116.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="115.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>